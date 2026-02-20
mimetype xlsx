--- v0 (2025-12-15)
+++ v1 (2026-02-20)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\no-kondo\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\athena\部門別フォルダ\製品管理限\業務情報\01.日常管理\出荷\02.ライセンス出荷\09.ファイルコンパクト\02.申請書／証書／利用許諾・利用規約／同梱物\02.購入申込書\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{811DF120-D0CD-4746-91E8-1B91000EA5CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1DD71E35-76FD-409D-8A74-0FC646C3CE83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ファイルコンパクト　購入申込書" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'ファイルコンパクト　購入申込書'!$A$2:$J$63</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="66">
   <si>
     <t>ファイルコンパクト　　購入申込書</t>
     <rPh sb="11" eb="13">
       <t>コウニュウ</t>
     </rPh>
     <rPh sb="13" eb="16">
       <t>モウシコミショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>お申し込み日</t>
     <rPh sb="1" eb="2">
       <t>モウ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>コ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>法人ID
@@ -199,66 +199,51 @@
       <t>ショウヒン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>数量</t>
     <rPh sb="0" eb="2">
       <t>スウリョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>注文番号</t>
     <rPh sb="0" eb="2">
       <t>チュウモン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>マスターディスク【任意】</t>
-[...9 lines deleted...]
-  <si>
     <t>ファイルコンパクト　　ライセンス</t>
-    <phoneticPr fontId="2"/>
-[...2 lines deleted...]
-    <t>Ver.6</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>保守申込み年数</t>
     <rPh sb="0" eb="2">
       <t>ホシュ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>モウシコ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ネンスウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>保守更新 開始日</t>
     <rPh sb="0" eb="2">
       <t>ホシュ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>コウシン</t>
     </rPh>
     <rPh sb="5" eb="8">
       <t>カイシビ</t>
@@ -609,64 +594,50 @@
   <si>
     <t>なお、個人情報の提供は任意であり義務ではございませんが、必要な情報をいただけない場合は、サービスのご提供ができない場合がございますのでご了承ください。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>お客様の情報は、いつでも内容の確認・修正・削除・利用や開示の停止をすることが可能です。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ご要望の場合は、以下窓口までご連絡ください。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>個人情報保護 苦情・相談窓口　　TEL：0570-035-333　　eメール：info@sourcenext.info</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Ver.7</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>Fax：03-6426-5219   または、</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t xml:space="preserve">ソースネクスト株式会社　B2Bマーケティングディビジョン　ライセンス販売担当  </t>
-[...12 lines deleted...]
-  <si>
     <t>ソースネクスト株式会社　　個人情報保護管理者　管理ディビジョン担当執行役員</t>
     <rPh sb="23" eb="25">
       <t>カンリ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>□　　　新規</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>□　　保守更新</t>
     <rPh sb="3" eb="5">
       <t>ホシュ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>コウシン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>□　②契約者</t>
     <rPh sb="3" eb="5">
       <t>ケイヤク</t>
     </rPh>
@@ -677,53 +648,84 @@
   </si>
   <si>
     <t>Ver 7/8</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※保守サポート内容につきましては、ソースネクスト株式会社ホームページ(https://www.sourcenext.info/support/fc/)にてご確認頂けます。</t>
     <rPh sb="1" eb="3">
       <t>ホシュ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="24" eb="28">
       <t>カブシキガイシャ</t>
     </rPh>
     <rPh sb="78" eb="80">
       <t>カクニン</t>
     </rPh>
     <rPh sb="80" eb="81">
       <t>イタダ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>改定日：2025/9</t>
+    <t>Ver.8</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t xml:space="preserve">ソースネクスト株式会社　セールスディビジョン　ライセンス販売担当  </t>
+    <rPh sb="28" eb="30">
+      <t>ハンバイ</t>
+    </rPh>
+    <rPh sb="30" eb="32">
+      <t>タントウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>改定日：2025/12</t>
     <rPh sb="0" eb="3">
       <t>カイテイビ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>東京都千代田区三番町３−８ 泉館三番町３階 　〒102-0075</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>マスターディスク【新規の場合は必須】</t>
+    <rPh sb="9" eb="11">
+      <t>シンキ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>ヒッス</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
     <numFmt numFmtId="177" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="178" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
     <numFmt numFmtId="179" formatCode="#,###&quot;年&quot;"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -2135,51 +2137,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M63"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="A64" sqref="A64"/>
+      <selection activeCell="M1" sqref="M1:M1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="13.25" customWidth="1"/>
     <col min="2" max="2" width="14.625" customWidth="1"/>
     <col min="4" max="4" width="14.25" customWidth="1"/>
     <col min="5" max="6" width="12.875" customWidth="1"/>
     <col min="7" max="7" width="16.25" customWidth="1"/>
     <col min="8" max="8" width="18.25" customWidth="1"/>
     <col min="9" max="9" width="14.875" customWidth="1"/>
     <col min="10" max="10" width="9.625" customWidth="1"/>
     <col min="11" max="11" width="9.125" customWidth="1"/>
     <col min="13" max="13" width="9" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="2" spans="1:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="91" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="91"/>
       <c r="C2" s="91"/>
       <c r="D2" s="91"/>
       <c r="E2" s="91"/>
@@ -2209,687 +2211,686 @@
         <v>1</v>
       </c>
       <c r="B5" s="93"/>
       <c r="C5" s="94"/>
       <c r="D5" s="95"/>
     </row>
     <row r="6" spans="1:13" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A6" s="96" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="97"/>
       <c r="C6" s="98"/>
       <c r="D6" s="98"/>
       <c r="E6" s="98"/>
       <c r="F6" s="98"/>
       <c r="G6" s="99"/>
       <c r="H6" s="100"/>
       <c r="I6" s="100"/>
       <c r="J6" s="100"/>
     </row>
     <row r="7" spans="1:13" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="77" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="C7" s="77"/>
       <c r="D7" s="78" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="79"/>
       <c r="F7" s="78" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="77"/>
       <c r="H7" s="78" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="I7" s="80"/>
       <c r="J7" s="3"/>
     </row>
     <row r="8" spans="1:13" ht="9" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="9" spans="1:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="81" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="82"/>
       <c r="D11" s="82"/>
       <c r="E11" s="83"/>
       <c r="F11" s="7" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="82" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="82"/>
       <c r="J11" s="84"/>
     </row>
     <row r="12" spans="1:13" ht="33" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C12" s="10"/>
       <c r="D12" s="10"/>
       <c r="E12" s="11"/>
       <c r="F12" s="12"/>
       <c r="G12" s="13"/>
       <c r="H12" s="85"/>
       <c r="I12" s="85"/>
       <c r="J12" s="86"/>
       <c r="M12" s="14" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A13" s="15"/>
       <c r="B13" s="16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17"/>
       <c r="E13" s="18"/>
       <c r="F13" s="19"/>
       <c r="G13" s="20"/>
       <c r="H13" s="87"/>
       <c r="I13" s="87"/>
       <c r="J13" s="88"/>
       <c r="M13" s="14" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A14" s="21"/>
       <c r="B14" s="22"/>
       <c r="C14" s="23"/>
       <c r="D14" s="23"/>
       <c r="E14" s="23"/>
       <c r="F14" s="24"/>
       <c r="G14" s="25"/>
       <c r="H14" s="26"/>
       <c r="I14" s="26"/>
       <c r="J14" s="26"/>
-      <c r="M14" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M14" s="14"/>
     </row>
     <row r="15" spans="1:13" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="81" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="82"/>
       <c r="D15" s="83"/>
       <c r="E15" s="7" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="27" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I15" s="81" t="s">
         <v>12</v>
       </c>
       <c r="J15" s="84"/>
     </row>
     <row r="16" spans="1:13" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A16" s="15"/>
       <c r="B16" s="16" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="19"/>
       <c r="F16" s="19"/>
       <c r="G16" s="28"/>
       <c r="H16" s="29"/>
       <c r="I16" s="89"/>
       <c r="J16" s="90"/>
     </row>
     <row r="17" spans="1:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="30"/>
       <c r="B17" s="31"/>
       <c r="C17" s="32"/>
       <c r="D17" s="32"/>
       <c r="E17" s="32"/>
       <c r="F17" s="32"/>
       <c r="G17" s="33"/>
       <c r="H17" s="33"/>
       <c r="I17" s="34"/>
       <c r="J17" s="34"/>
     </row>
     <row r="18" spans="1:10" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="35" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="74"/>
       <c r="D19" s="74"/>
       <c r="E19" s="74"/>
       <c r="F19" s="36" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G19" s="73"/>
       <c r="H19" s="74"/>
       <c r="I19" s="74"/>
       <c r="J19" s="75"/>
     </row>
     <row r="20" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="37" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B20" s="38" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C20" s="64"/>
       <c r="D20" s="64"/>
       <c r="E20" s="64"/>
       <c r="F20" s="64"/>
       <c r="G20" s="65"/>
       <c r="H20" s="39" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I20" s="66"/>
       <c r="J20" s="67"/>
     </row>
     <row r="21" spans="1:10" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A21" s="40" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B21" s="68"/>
       <c r="C21" s="69"/>
       <c r="D21" s="69"/>
       <c r="E21" s="69"/>
       <c r="F21" s="41" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G21" s="68"/>
       <c r="H21" s="69"/>
       <c r="I21" s="69"/>
       <c r="J21" s="70"/>
     </row>
     <row r="22" spans="1:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="23" spans="1:10" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A23" s="4" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I23" s="42"/>
     </row>
     <row r="24" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="35" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B24" s="73"/>
       <c r="C24" s="74"/>
       <c r="D24" s="74"/>
       <c r="E24" s="74"/>
       <c r="F24" s="36" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G24" s="73"/>
       <c r="H24" s="74"/>
       <c r="I24" s="74"/>
       <c r="J24" s="75"/>
     </row>
     <row r="25" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="37" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B25" s="38" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C25" s="64"/>
       <c r="D25" s="64"/>
       <c r="E25" s="64"/>
       <c r="F25" s="64"/>
       <c r="G25" s="65"/>
       <c r="H25" s="39" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I25" s="66"/>
       <c r="J25" s="67"/>
     </row>
     <row r="26" spans="1:10" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A26" s="40" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B26" s="68"/>
       <c r="C26" s="69"/>
       <c r="D26" s="69"/>
       <c r="E26" s="69"/>
       <c r="F26" s="41" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G26" s="68"/>
       <c r="H26" s="69"/>
       <c r="I26" s="69"/>
       <c r="J26" s="70"/>
     </row>
     <row r="27" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="28" spans="1:10" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A28" s="4" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="35" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B29" s="73"/>
       <c r="C29" s="74"/>
       <c r="D29" s="74"/>
       <c r="E29" s="74"/>
       <c r="F29" s="36" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G29" s="73"/>
       <c r="H29" s="74"/>
       <c r="I29" s="74"/>
       <c r="J29" s="75"/>
     </row>
     <row r="30" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="37" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B30" s="38" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C30" s="64"/>
       <c r="D30" s="64"/>
       <c r="E30" s="64"/>
       <c r="F30" s="64"/>
       <c r="G30" s="65"/>
       <c r="H30" s="39" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I30" s="66"/>
       <c r="J30" s="67"/>
     </row>
     <row r="31" spans="1:10" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A31" s="40" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B31" s="68"/>
       <c r="C31" s="69"/>
       <c r="D31" s="69"/>
       <c r="E31" s="69"/>
       <c r="F31" s="41" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G31" s="68"/>
       <c r="H31" s="69"/>
       <c r="I31" s="69"/>
       <c r="J31" s="70"/>
     </row>
     <row r="32" spans="1:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="23"/>
       <c r="B32" s="23"/>
       <c r="C32" s="33"/>
       <c r="D32" s="33"/>
       <c r="E32" s="33"/>
       <c r="F32" s="33"/>
       <c r="G32" s="33"/>
       <c r="H32" s="33"/>
     </row>
     <row r="33" spans="1:11" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A34" s="54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B34" s="55"/>
       <c r="C34" s="56" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D34" s="57"/>
       <c r="E34" s="58" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="F34" s="59"/>
       <c r="G34" s="60" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H34" s="57"/>
       <c r="I34" s="71" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="J34" s="72"/>
     </row>
     <row r="35" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="36" spans="1:11" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37" s="35" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B37" s="73"/>
       <c r="C37" s="74"/>
       <c r="D37" s="74"/>
       <c r="E37" s="74"/>
       <c r="F37" s="36" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G37" s="73"/>
       <c r="H37" s="74"/>
       <c r="I37" s="74"/>
       <c r="J37" s="75"/>
     </row>
     <row r="38" spans="1:11" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A38" s="37" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B38" s="43" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C38" s="64"/>
       <c r="D38" s="64"/>
       <c r="E38" s="64"/>
       <c r="F38" s="64"/>
       <c r="G38" s="64"/>
       <c r="H38" s="64"/>
       <c r="I38" s="64"/>
       <c r="J38" s="76"/>
     </row>
     <row r="39" spans="1:11" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A39" s="40" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B39" s="68"/>
       <c r="C39" s="69"/>
       <c r="D39" s="69"/>
       <c r="E39" s="69"/>
       <c r="F39" s="41" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G39" s="68"/>
       <c r="H39" s="69"/>
       <c r="I39" s="69"/>
       <c r="J39" s="70"/>
     </row>
     <row r="40" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="41" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A41" s="4" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A42" s="4"/>
     </row>
     <row r="43" spans="1:11" s="44" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A43" s="63" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B43" s="63"/>
       <c r="C43" s="63"/>
       <c r="D43" s="63"/>
       <c r="E43" s="63"/>
       <c r="F43" s="63"/>
       <c r="G43" s="63"/>
       <c r="H43" s="63"/>
       <c r="I43" s="63"/>
       <c r="J43"/>
     </row>
     <row r="44" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A44" s="54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B44" s="55"/>
       <c r="C44" s="56" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D44" s="57"/>
       <c r="E44" s="58" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="F44" s="59"/>
       <c r="G44" s="60" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H44" s="61"/>
     </row>
     <row r="45" spans="1:11" s="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A45" s="45" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B45" s="45"/>
       <c r="C45" s="45"/>
       <c r="D45" s="45"/>
       <c r="E45" s="45"/>
       <c r="G45" s="46"/>
       <c r="H45" s="46"/>
       <c r="I45" s="46"/>
       <c r="J45" s="47"/>
     </row>
     <row r="46" spans="1:11" s="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A46" s="45"/>
       <c r="B46" s="45"/>
       <c r="C46" s="45"/>
       <c r="D46" s="45"/>
       <c r="E46" s="45"/>
       <c r="G46" s="46"/>
       <c r="H46" s="46"/>
       <c r="I46" s="46"/>
       <c r="J46" s="47"/>
     </row>
     <row r="47" spans="1:11" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:11" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A48" s="48"/>
       <c r="B48" s="48"/>
       <c r="C48" s="48"/>
       <c r="D48" s="48"/>
       <c r="E48" s="48"/>
       <c r="F48" s="48"/>
       <c r="G48" s="48"/>
       <c r="H48" s="48"/>
       <c r="I48" s="48"/>
       <c r="J48" s="48"/>
       <c r="K48" s="44"/>
     </row>
     <row r="49" spans="1:11" s="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A49" s="49" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B49" s="50"/>
       <c r="C49" s="50"/>
       <c r="D49" s="50"/>
       <c r="E49" s="51"/>
       <c r="F49" s="52" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H49" s="51"/>
       <c r="I49" s="51"/>
     </row>
     <row r="50" spans="1:11" s="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A50" s="53" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B50" s="53"/>
       <c r="F50" s="51" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="H50" s="51"/>
       <c r="I50" s="51"/>
     </row>
     <row r="51" spans="1:11" s="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A51" s="53" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B51" s="53"/>
       <c r="C51" s="51"/>
       <c r="E51" s="51"/>
       <c r="F51" s="51" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H51" s="51"/>
       <c r="I51" s="51"/>
     </row>
     <row r="52" spans="1:11" s="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="E52" s="51"/>
       <c r="F52" s="51" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="H52" s="51"/>
       <c r="I52" s="51"/>
     </row>
     <row r="53" spans="1:11" s="44" customFormat="1" ht="12" x14ac:dyDescent="0.15">
       <c r="A53" s="34" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B53" s="34"/>
       <c r="C53" s="34"/>
       <c r="D53" s="34"/>
       <c r="E53" s="45"/>
     </row>
     <row r="54" spans="1:11" s="44" customFormat="1" x14ac:dyDescent="0.15">
       <c r="A54" s="34" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B54" s="34"/>
       <c r="C54" s="34"/>
       <c r="D54" s="34"/>
       <c r="E54" s="45"/>
       <c r="K54"/>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A55" s="34" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B55" s="34"/>
       <c r="C55" s="34"/>
       <c r="D55" s="34"/>
       <c r="E55" s="34" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A56" s="34" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B56" s="34"/>
       <c r="C56" s="34"/>
       <c r="D56" s="34"/>
       <c r="E56" s="34" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A57" s="34" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B57" s="34"/>
       <c r="C57" s="34"/>
       <c r="D57" s="34"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A58" s="34" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B58" s="34"/>
       <c r="C58" s="34"/>
       <c r="D58" s="34"/>
     </row>
     <row r="59" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A59" s="34" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B59" s="34"/>
       <c r="C59" s="34"/>
       <c r="D59" s="34"/>
     </row>
     <row r="60" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A60" s="34" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B60" s="34"/>
       <c r="C60" s="34"/>
       <c r="D60" s="34"/>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A61" s="34" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B61" s="34"/>
       <c r="C61" s="34"/>
       <c r="D61" s="34"/>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.15">
       <c r="A62" s="34" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B62" s="34"/>
       <c r="C62" s="34"/>
       <c r="D62" s="34"/>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.15">
       <c r="B63" s="34"/>
       <c r="C63" s="34"/>
       <c r="D63" s="34"/>
       <c r="I63" s="62" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="J63" s="62"/>
     </row>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="o3a20cBYrzHiNFl5TSS1239SoInM7tA049xFeXHZlGUxqg1q4ZP3o7RFo5cVxHncZ4jBQMwmh+RfGEfpSDHF8g==" saltValue="bN7/ixvJJ/6DJ47r0xG9tw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange password="ACB1" sqref="C51 F49:F52 E51:E52 C49:E49 A49:B51 H49:I52" name="範囲4"/>
   </protectedRanges>
   <mergeCells count="51">
     <mergeCell ref="A2:J3"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="B19:E19"/>
     <mergeCell ref="G19:J19"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="H7:I7"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="H11:J11"/>
     <mergeCell ref="H12:J12"/>
     <mergeCell ref="H13:J13"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="I15:J15"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="C20:G20"/>
     <mergeCell ref="I20:J20"/>
@@ -2903,53 +2904,56 @@
     <mergeCell ref="G26:J26"/>
     <mergeCell ref="B29:E29"/>
     <mergeCell ref="G29:J29"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="C30:G30"/>
     <mergeCell ref="I30:J30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="G31:J31"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="C34:D34"/>
     <mergeCell ref="E34:F34"/>
     <mergeCell ref="G34:H34"/>
     <mergeCell ref="I34:J34"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="G37:J37"/>
     <mergeCell ref="C38:J38"/>
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="G39:J39"/>
     <mergeCell ref="A44:B44"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="E44:F44"/>
     <mergeCell ref="G44:H44"/>
     <mergeCell ref="I63:J63"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
-  <dataValidations count="1">
-[...1 lines deleted...]
-      <formula1>$M$12:$M$14</formula1>
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E16" xr:uid="{00000000-0002-0000-0000-000000000000}">
+      <formula1>$M$12:$M$13</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F12:F13" xr:uid="{BBF526E1-BFDC-44E3-B016-A02C7D46C76F}">
+      <formula1>$M$12:$M$13</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="65" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>